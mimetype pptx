--- v0 (2025-12-10)
+++ v1 (2026-01-26)
@@ -3367,10560 +3367,10704 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1371600"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>W</a:t>
+              <a:t>F</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6"/>
+          <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1389888" y="1371600"/>
+            <a:off x="2304288" y="1371600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>10</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="1371600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>13</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Rectangle 19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6876288" y="1371600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>14</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rectangle 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Rectangle 22"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rectangle 23"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1389888" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>11</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rectangle 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rectangle 27"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Rectangle 28"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rectangle 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rectangle 30"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Rectangle 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Rectangle 32"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Rectangle 33"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Rectangle 34"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Rectangle 35"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>J</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="TextBox 36"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6419088" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>19</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Rectangle 37"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Rectangle 38"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Rectangle 39"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Rectangle 40"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Rectangle 41"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="Rectangle 42"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Rectangle 43"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Rectangle 44"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Rectangle 45"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="47" name="Rectangle 46"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>V</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="TextBox 47"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="2286000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Rectangle 48"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Rectangle 49"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="Rectangle 50"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="Rectangle 51"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>U</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="TextBox 52"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5961888" y="2286000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>9</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Rectangle 53"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Rectangle 54"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Rectangle 55"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Rectangle 56"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="TextBox 57"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="932688" y="2743200"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Rectangle 58"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Rectangle 59"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Rectangle 60"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Rectangle 61"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Rectangle 62"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Rectangle 63"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Rectangle 64"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Rectangle 65"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Rectangle 66"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="Rectangle 67"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="69" name="Rectangle 68"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Rectangle 69"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Rectangle 70"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Rectangle 71"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73" name="Rectangle 72"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Rectangle 73"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Rectangle 74"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Rectangle 75"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="Rectangle 76"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Rectangle 77"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Rectangle 78"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Rectangle 79"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Rectangle 80"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="82" name="Rectangle 81"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="83" name="TextBox 82"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="3200400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>12</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="84" name="Rectangle 83"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="85" name="Rectangle 84"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="86" name="Rectangle 85"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="87" name="Rectangle 86"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="88" name="Rectangle 87"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="89" name="Rectangle 88"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Rectangle 89"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="91" name="Rectangle 90"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92" name="Rectangle 91"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Rectangle 92"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="94" name="Rectangle 93"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Rectangle 94"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Rectangle 95"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="97" name="Rectangle 96"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="98" name="Rectangle 97"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="Rectangle 98"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="100" name="Rectangle 99"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="101" name="Rectangle 100"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="102" name="Rectangle 101"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Rectangle 102"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Rectangle 103"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="105" name="Rectangle 104"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="106" name="TextBox 105"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1389888" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="107" name="Rectangle 106"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="108" name="Rectangle 107"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="109" name="Rectangle 108"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="110" name="TextBox 109"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2761488" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="111" name="Rectangle 110"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="112" name="Rectangle 111"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="113" name="Rectangle 112"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="114" name="Rectangle 113"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="Rectangle 114"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="116" name="Rectangle 115"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="117" name="Rectangle 116"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="118" name="Rectangle 117"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="119" name="Rectangle 118"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="120" name="Rectangle 119"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="121" name="TextBox 120"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475488" y="4572000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>18</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="122" name="Rectangle 121"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="123" name="Rectangle 122"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="124" name="Rectangle 123"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="Rectangle 124"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="126" name="Rectangle 125"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="127" name="Rectangle 126"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="128" name="Rectangle 127"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="129" name="TextBox 128"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3675888" y="4572000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>8</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="130" name="Rectangle 129"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="131" name="Rectangle 130"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="132" name="Rectangle 131"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="133" name="Rectangle 132"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="134" name="Rectangle 133"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="135" name="Rectangle 134"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="136" name="Rectangle 135"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="137" name="Rectangle 136"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="138" name="Rectangle 137"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="139" name="Rectangle 138"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140" name="Rectangle 139"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="141" name="Rectangle 140"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="142" name="Rectangle 141"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="143" name="Rectangle 142"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="144" name="Rectangle 143"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="145" name="Rectangle 144"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="146" name="Rectangle 145"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="147" name="Rectangle 146"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="148" name="Rectangle 147"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="149" name="Rectangle 148"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="150" name="Rectangle 149"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="151" name="Rectangle 150"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="152" name="Rectangle 151"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="153" name="Rectangle 152"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="154" name="TextBox 153"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="932688" y="5486400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="155" name="Rectangle 154"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="156" name="Rectangle 155"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="157" name="Rectangle 156"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="158" name="Rectangle 157"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="159" name="Rectangle 158"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="160" name="Rectangle 159"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="161" name="Rectangle 160"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162" name="Rectangle 161"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="163" name="Rectangle 162"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="164" name="TextBox 163"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="5486400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>15</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="165" name="Rectangle 164"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="166" name="Rectangle 165"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="167" name="Rectangle 166"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="168" name="Rectangle 167"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="169" name="Rectangle 168"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="170" name="Rectangle 169"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="171" name="Rectangle 170"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="172" name="Rectangle 171"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="173" name="Rectangle 172"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="174" name="Rectangle 173"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="175" name="Rectangle 174"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="176" name="Rectangle 175"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="177" name="Rectangle 176"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="178" name="Rectangle 177"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="179" name="Rectangle 178"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>F</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="180" name="TextBox 179"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="5943600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>16</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="181" name="Rectangle 180"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="182" name="Rectangle 181"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="183" name="Rectangle 182"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="Rectangle 183"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="185" name="Rectangle 184"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>H</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="186" name="TextBox 185"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475488" y="6400800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>17</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="187" name="Rectangle 186"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="188" name="Rectangle 187"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="189" name="Rectangle 188"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="190" name="Rectangle 189"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="191" name="Rectangle 190"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="192" name="Rectangle 191"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="193" name="Rectangle 192"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="194" name="Rectangle 193"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>B</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="195" name="TextBox 194"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="6400800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>20</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="196" name="Rectangle 195"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="197" name="Rectangle 196"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="198" name="Rectangle 197"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="199" name="Rectangle 198"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="200" name="Rectangle 199"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="201" name="Rectangle 200"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="202" name="Rectangle 201"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="203" name="Rectangle 202"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="204" name="Rectangle 203"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="205" name="Rectangle 204"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="206" name="Rectangle 205"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>P</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="207" name="TextBox 206"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2304288" y="6858000"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>6</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Rectangle 7"/>
-[...220 lines deleted...]
-            <a:off x="4114800" y="1371600"/>
+          <p:cNvPr id="208" name="Rectangle 207"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...55 lines deleted...]
-            <a:off x="4572000" y="1371600"/>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="209" name="Rectangle 208"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="210" name="Rectangle 209"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="211" name="Rectangle 210"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="212" name="Rectangle 211"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="213" name="Rectangle 212"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="214" name="Rectangle 213"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="215" name="Rectangle 214"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="216" name="Rectangle 215"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="217" name="Rectangle 216"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="218" name="Rectangle 217"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="219" name="Rectangle 218"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="220" name="Rectangle 219"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="221" name="Rectangle 220"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="222" name="Rectangle 221"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="223" name="Rectangle 222"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="224" name="Rectangle 223"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="225" name="Rectangle 224"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="226" name="Rectangle 225"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="227" name="Rectangle 226"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="228" name="Rectangle 227"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="229" name="Rectangle 228"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="230" name="Rectangle 229"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>M</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="TextBox 15"/>
+          <p:cNvPr id="231" name="TextBox 230"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4590288" y="1371600"/>
+            <a:off x="5961888" y="7315200"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>21</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="232" name="Rectangle 231"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="233" name="Rectangle 232"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="234" name="Rectangle 233"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="235" name="Rectangle 234"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="236" name="Rectangle 235"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="237" name="Rectangle 236"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="238" name="Rectangle 237"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="239" name="Rectangle 238"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="240" name="TextBox 239"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2761488" y="7772400"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>7</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Rectangle 16"/>
-[...5 lines deleted...]
-            <a:off x="5029200" y="1371600"/>
+          <p:cNvPr id="241" name="Rectangle 240"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Rectangle 17"/>
-[...5 lines deleted...]
-            <a:off x="5486400" y="1371600"/>
+          <p:cNvPr id="242" name="Rectangle 241"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Rectangle 18"/>
-[...5 lines deleted...]
-            <a:off x="5943600" y="1371600"/>
+          <p:cNvPr id="243" name="Rectangle 242"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Rectangle 19"/>
-[...5 lines deleted...]
-            <a:off x="6400800" y="1371600"/>
+          <p:cNvPr id="244" name="Rectangle 243"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Rectangle 20"/>
-[...91 lines deleted...]
-            <a:off x="914400" y="1828800"/>
+          <p:cNvPr id="245" name="Rectangle 244"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...55 lines deleted...]
-            <a:off x="1371600" y="1828800"/>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="246" name="Rectangle 245"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="Rectangle 25"/>
-[...5 lines deleted...]
-            <a:off x="1828800" y="1828800"/>
+          <p:cNvPr id="247" name="Rectangle 246"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="Rectangle 26"/>
-[...50 lines deleted...]
-            <a:off x="2743200" y="1828800"/>
+          <p:cNvPr id="248" name="Rectangle 247"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="Rectangle 28"/>
-[...9506 lines deleted...]
-          <p:cNvPr id="246" name="Rectangle 245"/>
+          <p:cNvPr id="249" name="Rectangle 248"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6858000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -14017,218 +14161,242 @@
             <a:ext cx="3200400" cy="7772400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="1"/>
             </a:pPr>
             <a:r>
               <a:t>HORIZONTAL</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>2. unermesslich</a:t>
+              <a:t>4. Pampashirt</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>4. schmal</a:t>
+              <a:t>5. Abkürzung für junior</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>6. Horcher</a:t>
+              <a:t>8. Singspiel</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>10. Aachener Sportstätte</a:t>
+              <a:t>9. französisch für Stern</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>11. Provinz in Indien</a:t>
+              <a:t>12. friesisch für Insel</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>14. Fischknochen</a:t>
+              <a:t>13. Welt der Menschen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>16. französisch für Insel</a:t>
+              <a:t>14. italienischer Abenteurer</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>17. Tierkunde</a:t>
+              <a:t>16. Legende</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>18. Verleger</a:t>
+              <a:t>17. nordische Totengöttin</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:t>19. Gesinde</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:t>21. Funkspruch</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4114800" y="1371600"/>
             <a:ext cx="3200400" cy="7772400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="1"/>
             </a:pPr>
             <a:r>
               <a:t>VERTIKAL</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>1. Berg bei Berchtesgaden</a:t>
+              <a:t>1. Herrschertitel</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>3. Buschwald</a:t>
+              <a:t>2. geröstetes Brot</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>5. zurücklegen</a:t>
+              <a:t>3. Schiff Noahs</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>7. ungehobelt</a:t>
+              <a:t>6. katholische Heilige</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>8. alter französischer Tanz</a:t>
+              <a:t>7. Montur</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>9. Himmelsrichtung</a:t>
+              <a:t>10. Gattin</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>12. Sohn von Gott</a:t>
+              <a:t>11. Bakschisch</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>13. Kochvorschrift</a:t>
+              <a:t>15. Abkürzung für Europäische Freihandelszone</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>15. Kfz-Kennzeichen von Reutlingen</a:t>
+              <a:t>18. Ostseehafen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:t>20. französisch für Seele</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr/>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
@@ -14356,11226 +14524,11397 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1371600"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>W</a:t>
+              <a:t>F</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6"/>
+          <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1389888" y="1371600"/>
+            <a:off x="2304288" y="1371600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>10</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="1371600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>13</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Rectangle 19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6876288" y="1371600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>14</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rectangle 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Rectangle 22"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rectangle 23"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1389888" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>11</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rectangle 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>U</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rectangle 27"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Rectangle 28"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>H</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rectangle 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rectangle 30"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Rectangle 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Rectangle 32"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Rectangle 33"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Rectangle 34"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Rectangle 35"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>J</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="TextBox 36"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6419088" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>19</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Rectangle 37"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Rectangle 38"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Rectangle 39"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Rectangle 40"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Rectangle 41"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="Rectangle 42"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Rectangle 43"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Rectangle 44"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Rectangle 45"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="47" name="Rectangle 46"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>V</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="TextBox 47"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="2286000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Rectangle 48"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Rectangle 49"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="Rectangle 50"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="Rectangle 51"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>U</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="TextBox 52"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5961888" y="2286000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>9</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Rectangle 53"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Rectangle 54"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Rectangle 55"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Rectangle 56"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="TextBox 57"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="932688" y="2743200"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Rectangle 58"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>P</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Rectangle 59"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Rectangle 60"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Rectangle 61"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Rectangle 62"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Rectangle 63"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Rectangle 64"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Rectangle 65"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Rectangle 66"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="Rectangle 67"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="69" name="Rectangle 68"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Rectangle 69"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Rectangle 70"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>H</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Rectangle 71"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73" name="Rectangle 72"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Rectangle 73"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Rectangle 74"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Rectangle 75"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="Rectangle 76"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Rectangle 77"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Rectangle 78"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Rectangle 79"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Rectangle 80"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="82" name="Rectangle 81"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="83" name="TextBox 82"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="3200400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>12</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="84" name="Rectangle 83"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="85" name="Rectangle 84"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="86" name="Rectangle 85"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>L</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="87" name="Rectangle 86"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="88" name="Rectangle 87"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="89" name="Rectangle 88"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Rectangle 89"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="91" name="Rectangle 90"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92" name="Rectangle 91"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Rectangle 92"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="94" name="Rectangle 93"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Rectangle 94"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Rectangle 95"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="97" name="Rectangle 96"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="98" name="Rectangle 97"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="Rectangle 98"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="100" name="Rectangle 99"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>F</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="101" name="Rectangle 100"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="102" name="Rectangle 101"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Rectangle 102"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Rectangle 103"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="105" name="Rectangle 104"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="106" name="TextBox 105"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1389888" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="107" name="Rectangle 106"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="108" name="Rectangle 107"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="109" name="Rectangle 108"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="110" name="TextBox 109"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2761488" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="111" name="Rectangle 110"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="112" name="Rectangle 111"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="113" name="Rectangle 112"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="114" name="Rectangle 113"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="Rectangle 114"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="116" name="Rectangle 115"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="117" name="Rectangle 116"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="118" name="Rectangle 117"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="119" name="Rectangle 118"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="120" name="Rectangle 119"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="121" name="TextBox 120"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475488" y="4572000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>18</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="122" name="Rectangle 121"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="123" name="Rectangle 122"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="124" name="Rectangle 123"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="Rectangle 124"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="126" name="Rectangle 125"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="127" name="Rectangle 126"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="128" name="Rectangle 127"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="129" name="TextBox 128"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3675888" y="4572000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>8</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="130" name="Rectangle 129"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="131" name="Rectangle 130"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="132" name="Rectangle 131"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="133" name="Rectangle 132"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="134" name="Rectangle 133"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="135" name="Rectangle 134"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="136" name="Rectangle 135"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="137" name="Rectangle 136"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="138" name="Rectangle 137"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="139" name="Rectangle 138"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140" name="Rectangle 139"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="141" name="Rectangle 140"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="142" name="Rectangle 141"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="143" name="Rectangle 142"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="144" name="Rectangle 143"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="145" name="Rectangle 144"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>K</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="146" name="Rectangle 145"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="147" name="Rectangle 146"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="148" name="Rectangle 147"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="149" name="Rectangle 148"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="150" name="Rectangle 149"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="151" name="Rectangle 150"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="152" name="Rectangle 151"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="153" name="Rectangle 152"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="154" name="TextBox 153"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="932688" y="5486400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="155" name="Rectangle 154"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="156" name="Rectangle 155"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="157" name="Rectangle 156"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="158" name="Rectangle 157"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="159" name="Rectangle 158"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="160" name="Rectangle 159"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>V</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="161" name="Rectangle 160"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162" name="Rectangle 161"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="163" name="Rectangle 162"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="164" name="TextBox 163"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="5486400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>15</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="165" name="Rectangle 164"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="166" name="Rectangle 165"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="167" name="Rectangle 166"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="168" name="Rectangle 167"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="169" name="Rectangle 168"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="170" name="Rectangle 169"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="171" name="Rectangle 170"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>H</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="172" name="Rectangle 171"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="173" name="Rectangle 172"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="174" name="Rectangle 173"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>K</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="175" name="Rectangle 174"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="176" name="Rectangle 175"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="177" name="Rectangle 176"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="178" name="Rectangle 177"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="179" name="Rectangle 178"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>F</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="180" name="TextBox 179"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="5943600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>16</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="181" name="Rectangle 180"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="182" name="Rectangle 181"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="183" name="Rectangle 182"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="Rectangle 183"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="185" name="Rectangle 184"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>H</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="186" name="TextBox 185"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475488" y="6400800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>17</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="187" name="Rectangle 186"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="188" name="Rectangle 187"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>L</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="189" name="Rectangle 188"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="190" name="Rectangle 189"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="191" name="Rectangle 190"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="192" name="Rectangle 191"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="193" name="Rectangle 192"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="194" name="Rectangle 193"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>B</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="195" name="TextBox 194"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="6400800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>20</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="196" name="Rectangle 195"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="197" name="Rectangle 196"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="198" name="Rectangle 197"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="199" name="Rectangle 198"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="200" name="Rectangle 199"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="201" name="Rectangle 200"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="202" name="Rectangle 201"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="203" name="Rectangle 202"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="204" name="Rectangle 203"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="205" name="Rectangle 204"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="206" name="Rectangle 205"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>P</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="207" name="TextBox 206"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2304288" y="6858000"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>6</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Rectangle 7"/>
-[...220 lines deleted...]
-            <a:off x="4114800" y="1371600"/>
+          <p:cNvPr id="208" name="Rectangle 207"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>I</a:t>
+              <a:t>E</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="TextBox 13"/>
-[...20 lines deleted...]
-              <a:defRPr sz="800">
+          <p:cNvPr id="209" name="Rectangle 208"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
                 <a:solidFill>
-                  <a:srgbClr val="2563EB"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>13</a:t>
+              <a:t>R</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Rectangle 14"/>
-[...5 lines deleted...]
-            <a:off x="4572000" y="1371600"/>
+          <p:cNvPr id="210" name="Rectangle 209"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="211" name="Rectangle 210"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="212" name="Rectangle 211"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="213" name="Rectangle 212"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="214" name="Rectangle 213"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>L</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="215" name="Rectangle 214"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="216" name="Rectangle 215"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="217" name="Rectangle 216"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="218" name="Rectangle 217"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="219" name="Rectangle 218"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="220" name="Rectangle 219"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="221" name="Rectangle 220"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="222" name="Rectangle 221"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="223" name="Rectangle 222"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>L</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="224" name="Rectangle 223"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="225" name="Rectangle 224"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="226" name="Rectangle 225"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="227" name="Rectangle 226"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="228" name="Rectangle 227"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="229" name="Rectangle 228"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="230" name="Rectangle 229"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>M</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="TextBox 15"/>
+          <p:cNvPr id="231" name="TextBox 230"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4590288" y="1371600"/>
+            <a:off x="5961888" y="7315200"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>21</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="232" name="Rectangle 231"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="233" name="Rectangle 232"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="234" name="Rectangle 233"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="235" name="Rectangle 234"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="236" name="Rectangle 235"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="237" name="Rectangle 236"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="238" name="Rectangle 237"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="239" name="Rectangle 238"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="240" name="TextBox 239"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2761488" y="7772400"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>7</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Rectangle 16"/>
-[...59 lines deleted...]
-            <a:off x="5486400" y="1371600"/>
+          <p:cNvPr id="241" name="Rectangle 240"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>E</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Rectangle 18"/>
-[...5 lines deleted...]
-            <a:off x="5943600" y="1371600"/>
+          <p:cNvPr id="242" name="Rectangle 241"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>N</a:t>
+              <a:t>P</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Rectangle 19"/>
-[...5 lines deleted...]
-            <a:off x="6400800" y="1371600"/>
+          <p:cNvPr id="243" name="Rectangle 242"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="244" name="Rectangle 243"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>S</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Rectangle 20"/>
-[...91 lines deleted...]
-            <a:off x="914400" y="1828800"/>
+          <p:cNvPr id="245" name="Rectangle 244"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>K</a:t>
+              <a:t>C</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="TextBox 23"/>
-[...245 lines deleted...]
-            <a:off x="3200400" y="1828800"/>
+          <p:cNvPr id="246" name="Rectangle 245"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>H</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="TextBox 29"/>
-[...980 lines deleted...]
-            <a:off x="5486400" y="2286000"/>
+          <p:cNvPr id="247" name="Rectangle 246"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>E</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="52" name="Rectangle 51"/>
-[...59 lines deleted...]
-            <a:off x="6400800" y="2286000"/>
+          <p:cNvPr id="248" name="Rectangle 247"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="54" name="Rectangle 53"/>
-[...8929 lines deleted...]
-          <p:cNvPr id="246" name="Rectangle 245"/>
+          <p:cNvPr id="249" name="Rectangle 248"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6858000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>