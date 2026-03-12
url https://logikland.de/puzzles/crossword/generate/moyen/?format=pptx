--- v1 (2026-01-26)
+++ v2 (2026-03-12)
@@ -3453,10618 +3453,10308 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2286000" y="1371600"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rectangle 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>F</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8"/>
+          <p:cNvPr id="20" name="TextBox 19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2304288" y="1371600"/>
+            <a:off x="475488" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>11</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Rectangle 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rectangle 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Rectangle 22"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rectangle 23"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Rectangle 24"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>X</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="TextBox 25"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2761488" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>14</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rectangle 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rectangle 27"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Rectangle 28"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rectangle 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rectangle 30"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Rectangle 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Rectangle 32"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Rectangle 33"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Rectangle 34"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Rectangle 35"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Rectangle 36"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Rectangle 37"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="TextBox 38"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1389888" y="2286000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>9</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Rectangle 39"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Rectangle 40"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Rectangle 41"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="Rectangle 42"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Rectangle 43"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Rectangle 44"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Rectangle 45"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="47" name="Rectangle 46"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="Rectangle 47"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Rectangle 48"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Rectangle 49"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="Rectangle 50"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="Rectangle 51"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="Rectangle 52"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Rectangle 53"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Rectangle 54"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Rectangle 55"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Rectangle 56"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Rectangle 57"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Rectangle 58"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Rectangle 59"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Rectangle 60"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Rectangle 61"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Rectangle 62"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Rectangle 63"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Rectangle 64"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Rectangle 65"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Rectangle 66"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="TextBox 67"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475488" y="3200400"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>10</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Rectangle 9"/>
-[...220 lines deleted...]
-            <a:off x="5029200" y="1371600"/>
+          <p:cNvPr id="69" name="Rectangle 68"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Rectangle 69"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Rectangle 70"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Rectangle 71"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73" name="Rectangle 72"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Rectangle 73"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Rectangle 74"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Rectangle 75"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="TextBox 76"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="3200400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Rectangle 77"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Rectangle 78"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Rectangle 79"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Rectangle 80"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="82" name="TextBox 81"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5961888" y="3200400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="83" name="Rectangle 82"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="84" name="Rectangle 83"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="85" name="Rectangle 84"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="86" name="Rectangle 85"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="87" name="Rectangle 86"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="88" name="Rectangle 87"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="89" name="Rectangle 88"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Rectangle 89"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="91" name="Rectangle 90"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92" name="Rectangle 91"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>L</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="TextBox 92"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3675888" y="3657600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>15</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="94" name="Rectangle 93"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Rectangle 94"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Rectangle 95"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="97" name="Rectangle 96"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="98" name="Rectangle 97"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="Rectangle 98"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="100" name="Rectangle 99"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>Q</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="101" name="TextBox 100"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6876288" y="3657600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="102" name="Rectangle 101"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Rectangle 102"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Rectangle 103"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="105" name="Rectangle 104"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="106" name="Rectangle 105"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>P</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="107" name="TextBox 106"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2304288" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>6</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="108" name="Rectangle 107"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="109" name="Rectangle 108"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="110" name="TextBox 109"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3218688" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="111" name="Rectangle 110"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="112" name="Rectangle 111"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="113" name="Rectangle 112"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="114" name="Rectangle 113"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="TextBox 114"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>8</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="116" name="Rectangle 115"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="117" name="Rectangle 116"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="118" name="Rectangle 117"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="119" name="Rectangle 118"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="120" name="Rectangle 119"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="121" name="Rectangle 120"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="122" name="Rectangle 121"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4572000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>T</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="TextBox 15"/>
+          <p:cNvPr id="123" name="TextBox 122"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5047488" y="1371600"/>
+            <a:off x="1389888" y="4572000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="124" name="Rectangle 123"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="Rectangle 124"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="126" name="Rectangle 125"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="127" name="Rectangle 126"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="128" name="Rectangle 127"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="129" name="Rectangle 128"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="130" name="Rectangle 129"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="131" name="Rectangle 130"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="132" name="Rectangle 131"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="133" name="Rectangle 132"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="134" name="Rectangle 133"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="135" name="Rectangle 134"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="136" name="Rectangle 135"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="137" name="Rectangle 136"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="138" name="Rectangle 137"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="139" name="Rectangle 138"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140" name="Rectangle 139"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="141" name="Rectangle 140"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="142" name="Rectangle 141"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="143" name="Rectangle 142"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="144" name="Rectangle 143"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="145" name="Rectangle 144"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="146" name="Rectangle 145"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="147" name="Rectangle 146"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="148" name="Rectangle 147"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="149" name="Rectangle 148"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="150" name="Rectangle 149"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="151" name="Rectangle 150"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="152" name="Rectangle 151"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="153" name="Rectangle 152"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="154" name="Rectangle 153"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="155" name="Rectangle 154"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="156" name="Rectangle 155"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="157" name="Rectangle 156"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="158" name="Rectangle 157"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="159" name="Rectangle 158"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="160" name="TextBox 159"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="5486400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="161" name="Rectangle 160"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162" name="Rectangle 161"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="163" name="Rectangle 162"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="164" name="Rectangle 163"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="165" name="Rectangle 164"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="166" name="Rectangle 165"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="167" name="Rectangle 166"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="168" name="Rectangle 167"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="169" name="Rectangle 168"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="170" name="Rectangle 169"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="171" name="Rectangle 170"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="172" name="Rectangle 171"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="173" name="Rectangle 172"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="174" name="Rectangle 173"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="175" name="Rectangle 174"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="176" name="Rectangle 175"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="177" name="Rectangle 176"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="178" name="Rectangle 177"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="179" name="Rectangle 178"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="180" name="Rectangle 179"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="181" name="Rectangle 180"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="182" name="Rectangle 181"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="183" name="Rectangle 182"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>V</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="TextBox 183"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="932688" y="6400800"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>13</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Rectangle 16"/>
-[...134 lines deleted...]
-            <a:off x="6858000" y="1371600"/>
+          <p:cNvPr id="185" name="Rectangle 184"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="186" name="Rectangle 185"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="187" name="Rectangle 186"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="188" name="Rectangle 187"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="189" name="Rectangle 188"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="190" name="Rectangle 189"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="191" name="Rectangle 190"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="192" name="Rectangle 191"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="193" name="Rectangle 192"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="194" name="Rectangle 193"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="195" name="Rectangle 194"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="196" name="Rectangle 195"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="197" name="Rectangle 196"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="198" name="Rectangle 197"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="199" name="Rectangle 198"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="200" name="Rectangle 199"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="201" name="Rectangle 200"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="202" name="Rectangle 201"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="203" name="Rectangle 202"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="204" name="Rectangle 203"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="205" name="Rectangle 204"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="206" name="Rectangle 205"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="207" name="Rectangle 206"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>A</a:t>
+              <a:t>W</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="TextBox 20"/>
+          <p:cNvPr id="208" name="TextBox 207"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6876288" y="1371600"/>
-[...2727 lines deleted...]
-            <a:off x="5047488" y="3200400"/>
+            <a:off x="4590288" y="6858000"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>12</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="84" name="Rectangle 83"/>
-[...5 lines deleted...]
-            <a:off x="5486400" y="3200400"/>
+          <p:cNvPr id="209" name="Rectangle 208"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="85" name="Rectangle 84"/>
-[...5 lines deleted...]
-            <a:off x="5943600" y="3200400"/>
+          <p:cNvPr id="210" name="Rectangle 209"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Rectangle 85"/>
-[...5 lines deleted...]
-            <a:off x="6400800" y="3200400"/>
+          <p:cNvPr id="211" name="Rectangle 210"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Rectangle 86"/>
-[...5 lines deleted...]
-            <a:off x="6858000" y="3200400"/>
+          <p:cNvPr id="212" name="Rectangle 211"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="213" name="Rectangle 212"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="88" name="Rectangle 87"/>
-[...5528 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="214" name="Rectangle 213"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5486400" y="6858000"/>
-[...11 lines deleted...]
-            </a:solidFill>
+            <a:off x="457200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="215" name="Rectangle 214"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5943600" y="6858000"/>
+            <a:off x="914400" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="216" name="Rectangle 215"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6400800" y="6858000"/>
+            <a:off x="1371600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="217" name="Rectangle 216"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6858000" y="6858000"/>
+            <a:off x="1828800" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="218" name="Rectangle 217"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="7315200"/>
+            <a:off x="2286000" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="219" name="Rectangle 218"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="914400" y="7315200"/>
+            <a:off x="2743200" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="220" name="Rectangle 219"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="7315200"/>
-[...11 lines deleted...]
-            </a:solidFill>
+            <a:off x="3200400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="221" name="Rectangle 220"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1828800" y="7315200"/>
+            <a:off x="3657600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="222" name="Rectangle 221"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2286000" y="7315200"/>
+            <a:off x="4114800" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="223" name="Rectangle 222"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2743200" y="7315200"/>
-[...11 lines deleted...]
-            </a:solidFill>
+            <a:off x="4572000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="224" name="Rectangle 223"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3200400" y="7315200"/>
+            <a:off x="5029200" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="225" name="Rectangle 224"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3657600" y="7315200"/>
+            <a:off x="5486400" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="226" name="Rectangle 225"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4114800" y="7315200"/>
+            <a:off x="5943600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="227" name="Rectangle 226"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4572000" y="7315200"/>
+            <a:off x="6400800" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="228" name="Rectangle 227"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5029200" y="7315200"/>
+            <a:off x="6858000" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="229" name="Rectangle 228"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5486400" y="7315200"/>
+            <a:off x="457200" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="230" name="Rectangle 229"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5943600" y="7315200"/>
-[...76 lines deleted...]
-            </a:r>
+            <a:off x="914400" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="231" name="Rectangle 230"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="232" name="Rectangle 231"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6400800" y="7315200"/>
+            <a:off x="1828800" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="233" name="Rectangle 232"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6858000" y="7315200"/>
+            <a:off x="2286000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="234" name="Rectangle 233"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="7772400"/>
+            <a:off x="2743200" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="235" name="Rectangle 234"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="914400" y="7772400"/>
+            <a:off x="3200400" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="236" name="Rectangle 235"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="7772400"/>
+            <a:off x="3657600" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="237" name="Rectangle 236"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1828800" y="7772400"/>
+            <a:off x="4114800" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="238" name="Rectangle 237"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2286000" y="7772400"/>
+            <a:off x="4572000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="239" name="Rectangle 238"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2743200" y="7772400"/>
-[...76 lines deleted...]
-            </a:r>
+            <a:off x="5029200" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="240" name="Rectangle 239"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="241" name="Rectangle 240"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3200400" y="7772400"/>
-[...11 lines deleted...]
-            </a:solidFill>
+            <a:off x="5943600" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="242" name="Rectangle 241"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3657600" y="7772400"/>
-[...11 lines deleted...]
-            </a:solidFill>
+            <a:off x="6400800" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="243" name="Rectangle 242"/>
-          <p:cNvSpPr/>
-[...266 lines deleted...]
-          <p:cNvPr id="249" name="Rectangle 248"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6858000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -14161,242 +13851,194 @@
             <a:ext cx="3200400" cy="7772400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="1"/>
             </a:pPr>
             <a:r>
               <a:t>HORIZONTAL</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>4. Pampashirt</a:t>
+              <a:t>4. Kauwerkzeug</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>5. Abkürzung für junior</a:t>
+              <a:t>7. im Stil von</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>8. Singspiel</a:t>
+              <a:t>12. Hauptstadt von Ontario</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>9. französisch für Stern</a:t>
+              <a:t>13. Warenaufschrift</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>12. friesisch für Insel</a:t>
+              <a:t>14. Teil des Gedichtes</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>13. Welt der Menschen</a:t>
-[...39 lines deleted...]
-              <a:t>21. Funkspruch</a:t>
+              <a:t>15. Trockenbett eines Flusses</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4114800" y="1371600"/>
             <a:ext cx="3200400" cy="7772400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="1"/>
             </a:pPr>
             <a:r>
               <a:t>VERTIKAL</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>1. Herrschertitel</a:t>
+              <a:t>1. Teil des Armes</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>2. geröstetes Brot</a:t>
+              <a:t>2. englische Kurzform für Weihnachten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>3. Schiff Noahs</a:t>
+              <a:t>3. aufgebracht</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>6. katholische Heilige</a:t>
+              <a:t>5. deutsche Schauspielerin</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>7. Montur</a:t>
+              <a:t>6. frühere Bezeichnung für Wunder</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>10. Gattin</a:t>
+              <a:t>8. Empfangsschein</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>11. Bakschisch</a:t>
+              <a:t>9. Borusse</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>15. Abkürzung für Europäische Freihandelszone</a:t>
+              <a:t>10. ungenau</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
-              <a:t>18. Ostseehafen</a:t>
-[...7 lines deleted...]
-              <a:t>20. französisch für Seele</a:t>
+              <a:t>11. griechische Dichterin</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr/>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
@@ -14610,11311 +14252,10848 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2286000" y="1371600"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rectangle 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1371600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>F</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8"/>
+          <p:cNvPr id="20" name="TextBox 19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2304288" y="1371600"/>
+            <a:off x="475488" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>11</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Rectangle 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rectangle 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Rectangle 22"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rectangle 23"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Rectangle 24"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>X</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="TextBox 25"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2761488" y="1828800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>14</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rectangle 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rectangle 27"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Rectangle 28"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rectangle 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rectangle 30"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Rectangle 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Rectangle 32"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Rectangle 33"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Rectangle 34"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="1828800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Rectangle 35"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Rectangle 36"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Rectangle 37"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="TextBox 38"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1389888" y="2286000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>9</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Rectangle 39"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Rectangle 40"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Rectangle 41"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="Rectangle 42"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Rectangle 43"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Rectangle 44"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Rectangle 45"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="47" name="Rectangle 46"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="Rectangle 47"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Rectangle 48"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Rectangle 49"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="Rectangle 50"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2286000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="Rectangle 51"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="Rectangle 52"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Rectangle 53"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Rectangle 54"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Rectangle 55"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Rectangle 56"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Rectangle 57"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Rectangle 58"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Rectangle 59"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Rectangle 60"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Rectangle 61"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Rectangle 62"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Rectangle 63"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Rectangle 64"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Rectangle 65"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="2743200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Rectangle 66"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="TextBox 67"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475488" y="3200400"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>10</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Rectangle 9"/>
-[...220 lines deleted...]
-            <a:off x="5029200" y="1371600"/>
+          <p:cNvPr id="69" name="Rectangle 68"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Rectangle 69"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>B</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Rectangle 70"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Rectangle 71"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73" name="Rectangle 72"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Rectangle 73"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Rectangle 74"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Rectangle 75"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="TextBox 76"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="3200400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Rectangle 77"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Rectangle 78"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Rectangle 79"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Rectangle 80"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>M</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="82" name="TextBox 81"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5961888" y="3200400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="83" name="Rectangle 82"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="84" name="Rectangle 83"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3200400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="85" name="Rectangle 84"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="86" name="Rectangle 85"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="87" name="Rectangle 86"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="88" name="Rectangle 87"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="89" name="Rectangle 88"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Rectangle 89"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="91" name="Rectangle 90"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92" name="Rectangle 91"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>L</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="TextBox 92"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3675888" y="3657600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>15</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="94" name="Rectangle 93"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Rectangle 94"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Rectangle 95"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="97" name="Rectangle 96"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="98" name="Rectangle 97"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="Rectangle 98"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="100" name="Rectangle 99"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="3657600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>Q</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="101" name="TextBox 100"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6876288" y="3657600"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="102" name="Rectangle 101"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Rectangle 102"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Rectangle 103"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="105" name="Rectangle 104"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="106" name="Rectangle 105"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>P</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="107" name="TextBox 106"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2304288" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>6</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="108" name="Rectangle 107"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="109" name="Rectangle 108"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="110" name="TextBox 109"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3218688" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="111" name="Rectangle 110"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="112" name="Rectangle 111"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="113" name="Rectangle 112"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="114" name="Rectangle 113"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="TextBox 114"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5047488" y="4114800"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>8</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="116" name="Rectangle 115"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="117" name="Rectangle 116"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="118" name="Rectangle 117"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="119" name="Rectangle 118"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4114800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>U</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="120" name="Rectangle 119"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="121" name="Rectangle 120"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="122" name="Rectangle 121"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="4572000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>T</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="TextBox 15"/>
+          <p:cNvPr id="123" name="TextBox 122"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5047488" y="1371600"/>
+            <a:off x="1389888" y="4572000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="124" name="Rectangle 123"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="Rectangle 124"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="126" name="Rectangle 125"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="127" name="Rectangle 126"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="128" name="Rectangle 127"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="129" name="Rectangle 128"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="130" name="Rectangle 129"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="131" name="Rectangle 130"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>O</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="132" name="Rectangle 131"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="133" name="Rectangle 132"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="134" name="Rectangle 133"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="135" name="Rectangle 134"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="4572000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="136" name="Rectangle 135"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="137" name="Rectangle 136"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="138" name="Rectangle 137"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="139" name="Rectangle 138"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140" name="Rectangle 139"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="141" name="Rectangle 140"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="142" name="Rectangle 141"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="143" name="Rectangle 142"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="144" name="Rectangle 143"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>V</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="145" name="Rectangle 144"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="146" name="Rectangle 145"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="147" name="Rectangle 146"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="148" name="Rectangle 147"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>K</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="149" name="Rectangle 148"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="150" name="Rectangle 149"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5029200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="151" name="Rectangle 150"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="152" name="Rectangle 151"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="153" name="Rectangle 152"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="154" name="Rectangle 153"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="155" name="Rectangle 154"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>U</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="156" name="Rectangle 155"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="157" name="Rectangle 156"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>X</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="158" name="Rectangle 157"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="159" name="Rectangle 158"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="160" name="TextBox 159"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4133088" y="5486400"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="161" name="Rectangle 160"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162" name="Rectangle 161"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="163" name="Rectangle 162"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>K</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="164" name="Rectangle 163"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="165" name="Rectangle 164"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="166" name="Rectangle 165"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5486400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="167" name="Rectangle 166"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="168" name="Rectangle 167"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="169" name="Rectangle 168"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="170" name="Rectangle 169"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="171" name="Rectangle 170"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="172" name="Rectangle 171"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="173" name="Rectangle 172"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="174" name="Rectangle 173"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="175" name="Rectangle 174"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="176" name="Rectangle 175"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="177" name="Rectangle 176"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="178" name="Rectangle 177"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="179" name="Rectangle 178"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>L</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="180" name="Rectangle 179"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="181" name="Rectangle 180"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="5943600"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>U</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="182" name="Rectangle 181"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="183" name="Rectangle 182"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>V</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="TextBox 183"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="932688" y="6400800"/>
             <a:ext cx="228600" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="2563EB"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>13</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Rectangle 16"/>
-[...134 lines deleted...]
-            <a:off x="6858000" y="1371600"/>
+          <p:cNvPr id="185" name="Rectangle 184"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="186" name="Rectangle 185"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="187" name="Rectangle 186"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>S</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="188" name="Rectangle 187"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="189" name="Rectangle 188"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>K</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="190" name="Rectangle 189"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="191" name="Rectangle 190"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="192" name="Rectangle 191"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="193" name="Rectangle 192"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="194" name="Rectangle 193"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="195" name="Rectangle 194"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="196" name="Rectangle 195"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="197" name="Rectangle 196"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6400800"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="198" name="Rectangle 197"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="199" name="Rectangle 198"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="200" name="Rectangle 199"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="201" name="Rectangle 200"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="202" name="Rectangle 201"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2286000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="203" name="Rectangle 202"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743200" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="204" name="Rectangle 203"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>T</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="205" name="Rectangle 204"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="206" name="Rectangle 205"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4114800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="207" name="Rectangle 206"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>W</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="208" name="TextBox 207"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4590288" y="6858000"/>
+            <a:ext cx="228600" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="2563EB"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>12</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="209" name="Rectangle 208"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5029200" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>A</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="TextBox 20"/>
-[...20 lines deleted...]
-              <a:defRPr sz="800">
+          <p:cNvPr id="210" name="Rectangle 209"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
                 <a:solidFill>
-                  <a:srgbClr val="2563EB"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>14</a:t>
+              <a:t>D</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Rectangle 21"/>
-[...91 lines deleted...]
-            <a:off x="1371600" y="1828800"/>
+          <p:cNvPr id="211" name="Rectangle 210"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:t>I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="212" name="Rectangle 211"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6858000"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="213" name="Rectangle 212"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6858000" y="6858000"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:t>G</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="TextBox 24"/>
-[...8899 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="214" name="Rectangle 213"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5486400" y="6858000"/>
-[...41 lines deleted...]
-            </a:r>
+            <a:off x="457200" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="215" name="Rectangle 214"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5943600" y="6858000"/>
+            <a:off x="914400" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="216" name="Rectangle 215"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6400800" y="6858000"/>
+            <a:off x="1371600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="217" name="Rectangle 216"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6858000" y="6858000"/>
+            <a:off x="1828800" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="218" name="Rectangle 217"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="7315200"/>
+            <a:off x="2286000" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="219" name="Rectangle 218"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="914400" y="7315200"/>
+            <a:off x="2743200" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="220" name="Rectangle 219"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="7315200"/>
-[...41 lines deleted...]
-            </a:r>
+            <a:off x="3200400" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="221" name="Rectangle 220"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1828800" y="7315200"/>
+            <a:off x="3657600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="222" name="Rectangle 221"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2286000" y="7315200"/>
+            <a:off x="4114800" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="223" name="Rectangle 222"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2743200" y="7315200"/>
-[...41 lines deleted...]
-            </a:r>
+            <a:off x="4572000" y="7315200"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="224" name="Rectangle 223"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3200400" y="7315200"/>
+            <a:off x="5029200" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="225" name="Rectangle 224"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3657600" y="7315200"/>
+            <a:off x="5486400" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="226" name="Rectangle 225"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4114800" y="7315200"/>
+            <a:off x="5943600" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="227" name="Rectangle 226"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4572000" y="7315200"/>
+            <a:off x="6400800" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="228" name="Rectangle 227"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5029200" y="7315200"/>
+            <a:off x="6858000" y="7315200"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="229" name="Rectangle 228"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5486400" y="7315200"/>
+            <a:off x="457200" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="230" name="Rectangle 229"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5943600" y="7315200"/>
-[...76 lines deleted...]
-            </a:r>
+            <a:off x="914400" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="231" name="Rectangle 230"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="232" name="Rectangle 231"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6400800" y="7315200"/>
+            <a:off x="1828800" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="233" name="Rectangle 232"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6858000" y="7315200"/>
+            <a:off x="2286000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="234" name="Rectangle 233"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="7772400"/>
+            <a:off x="2743200" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="235" name="Rectangle 234"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="914400" y="7772400"/>
+            <a:off x="3200400" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="236" name="Rectangle 235"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="7772400"/>
+            <a:off x="3657600" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="237" name="Rectangle 236"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1828800" y="7772400"/>
+            <a:off x="4114800" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="238" name="Rectangle 237"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2286000" y="7772400"/>
+            <a:off x="4572000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="239" name="Rectangle 238"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2743200" y="7772400"/>
-[...76 lines deleted...]
-            </a:r>
+            <a:off x="5029200" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="240" name="Rectangle 239"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5486400" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="241" name="Rectangle 240"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3200400" y="7772400"/>
-[...41 lines deleted...]
-            </a:r>
+            <a:off x="5943600" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="242" name="Rectangle 241"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3657600" y="7772400"/>
-[...41 lines deleted...]
-            </a:r>
+            <a:off x="6400800" y="7772400"/>
+            <a:ext cx="457200" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="243" name="Rectangle 242"/>
-          <p:cNvSpPr/>
-[...311 lines deleted...]
-          <p:cNvPr id="249" name="Rectangle 248"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6858000" y="7772400"/>
             <a:ext cx="457200" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>