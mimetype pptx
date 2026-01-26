--- v0 (2025-12-11)
+++ v1 (2026-01-26)
@@ -3330,179 +3330,171 @@
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
             <a:ext cx="2743200" cy="5486400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>ABSCHLUSSPRFUNG</a:t>
+              <a:t>BRAUEREIBEHLTER</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>AUSDRUCK</a:t>
+              <a:t>HORNSTOFF</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>AUSRSTUNG</a:t>
+              <a:t>MUNDTEIL</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>EIGENSCHAFT</a:t>
+              <a:t>NUTZTIER</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3200400" y="1371600"/>
             <a:ext cx="2743200" cy="5486400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>FEINDSCHAFT</a:t>
+              <a:t>SCHICHT</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>LICHTBILDWERFER</a:t>
+              <a:t>STURHEIT</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>MEERESSUGETIER</a:t>
+              <a:t>TAUSCHMITTEL</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>NECKISCHERGEIST</a:t>
+              <a:t>WASCHGEF</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="5486400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>OHNEHRVERMGEN</a:t>
+              <a:t>WESTEUROPER</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>WARTUNG</a:t>
-[...7 lines deleted...]
-              <a:t>ZWIEGESANG</a:t>
+              <a:t>ZUGVOGEL</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr/>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>