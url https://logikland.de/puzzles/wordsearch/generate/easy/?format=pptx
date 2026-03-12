--- v1 (2026-01-26)
+++ v2 (2026-03-12)
@@ -3330,171 +3330,203 @@
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
             <a:ext cx="2743200" cy="5486400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>BRAUEREIBEHLTER</a:t>
+              <a:t>ADLATUS</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>HORNSTOFF</a:t>
+              <a:t>AUTOMARKE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>MUNDTEIL</a:t>
+              <a:t>BEGEHREN</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>NUTZTIER</a:t>
+              <a:t>BRAUEREIANLAGE</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400"/>
+            </a:pPr>
+            <a:r>
+              <a:t>ENGLISCHFRGUT</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3200400" y="1371600"/>
             <a:ext cx="2743200" cy="5486400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>SCHICHT</a:t>
+              <a:t>GEDULD</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>STURHEIT</a:t>
+              <a:t>GERICHT</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>TAUSCHMITTEL</a:t>
+              <a:t>HALBPORZELLAN</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>WASCHGEF</a:t>
+              <a:t>HEIRAT</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400"/>
+            </a:pPr>
+            <a:r>
+              <a:t>LIEGEMBEL</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="5486400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>WESTEUROPER</a:t>
+              <a:t>RIED</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400"/>
             </a:pPr>
             <a:r>
-              <a:t>ZUGVOGEL</a:t>
+              <a:t>TEILDESBAGGERS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400"/>
+            </a:pPr>
+            <a:r>
+              <a:t>UNTERNEHMEN</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400"/>
+            </a:pPr>
+            <a:r>
+              <a:t>VERKNDER</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr/>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>